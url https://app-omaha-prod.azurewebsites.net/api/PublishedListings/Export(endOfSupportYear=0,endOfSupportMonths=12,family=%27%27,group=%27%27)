--- v0 (2025-11-16)
+++ v1 (2026-01-05)
@@ -283,51 +283,51 @@
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color theme="0"/>
         <x:name val="Calibri"/>
         <x:scheme val="none"/>
       </x:font>
     </x:dxf>
   </x:dxfs>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <x:extLst>
     <x:ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </x:ext>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </x:ext>
   </x:extLst>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A7:K127" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" headerRowCellStyle="Normal 2" dataCellStyle="Normal 2" xr:uid="{05166D2C-07F0-4E03-B1B7-5A47380FADCA}" mc:Ignorable="xr xr3">
+<x:table xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A7:K149" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" headerRowCellStyle="Normal 2" dataCellStyle="Normal 2" xr:uid="{05166D2C-07F0-4E03-B1B7-5A47380FADCA}" mc:Ignorable="xr xr3">
   <x:autoFilter ref="A7:K8" xr:uid="{12688F2B-1D60-46BA-BCF3-3BE2B73A316F}"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Product" dataDxfId="10" dataCellStyle="Normal 2" xr3:uid="{C17932C7-EA93-40BB-B904-E720DD76F97F}"/>
     <x:tableColumn id="2" name="Edition" dataDxfId="9" dataCellStyle="Normal 2" xr3:uid="{38DC2862-3F4E-4B76-8120-2CB67EB33938}"/>
     <x:tableColumn id="3" name="Release" dataDxfId="8" dataCellStyle="Normal 2" xr3:uid="{F749C7D2-076F-4278-853F-17D2AF258D9F}"/>
     <x:tableColumn id="4" name="SupportPolicy" dataDxfId="7" dataCellStyle="Normal 2" xr3:uid="{2981ACCB-6AE3-44F4-8BA6-C2407DF2CA98}"/>
     <x:tableColumn id="5" name="StartDate" dataDxfId="6" dataCellStyle="Normal 2" xr3:uid="{82ABCFC6-A2D0-4199-A32E-D3519BC1D887}"/>
     <x:tableColumn id="6" name="MainstreamDate" dataDxfId="5" dataCellStyle="Normal 2" xr3:uid="{20C744CD-2B08-40CC-8A72-40BB4E7EC84D}"/>
     <x:tableColumn id="7" name="ExtendedEndDate" dataDxfId="4" dataCellStyle="Normal 2" xr3:uid="{2ECE679A-3BD6-45B2-9734-22F796B8FB85}"/>
     <x:tableColumn id="8" name="RetirementDate" dataDxfId="3" dataCellStyle="Normal 2" xr3:uid="{A926782C-4EAB-4565-AFD7-C75A83A3639D}"/>
     <x:tableColumn id="9" name="ReleaseStartDate" dataDxfId="2" dataCellStyle="Normal 2" xr3:uid="{3DBF9665-1E32-4B27-A43B-DB2A9EC14F89}"/>
     <x:tableColumn id="10" name="ReleaseEndDate" dataDxfId="1" dataCellStyle="Normal 2" xr3:uid="{DD437FC7-ABBD-45E1-9364-60DFF1A1CDFF}"/>
     <x:tableColumn id="11" name="DocsUrl" dataDxfId="0" dataCellStyle="Normal 2" xr3:uid="{AE92CF1C-CF91-420C-A566-E3E8D6A1D903}"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -629,51 +629,51 @@
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="B5" sqref="B5"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="65.85546875" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="34.140625" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="14.42578125" customWidth="1"/>
     <x:col min="5" max="5" width="10.85546875" customWidth="1"/>
     <x:col min="6" max="6" width="17" customWidth="1"/>
     <x:col min="7" max="7" width="17.85546875" customWidth="1"/>
     <x:col min="8" max="8" width="16.28515625" customWidth="1"/>
     <x:col min="9" max="9" width="17.28515625" customWidth="1"/>
     <x:col min="10" max="10" width="16.42578125" customWidth="1"/>
     <x:col min="11" max="11" width="117.28515625" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <x:c r="B2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>2025-11-01 to 2026-11-30</x:v>
+        <x:v>2026-01-01 to 2027-01-31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <x:c r="B3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>All</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <x:c r="B4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>All</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <x:c r="B5" s="4" t="str">
         <x:f>HYPERLINK("https://docs.microsoft.com/lifecycle/products/export/guidance", "Go here for tips on working with product exports in Excel")</x:f>
         <x:v>Go here for tips on working with product exports in Excel</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11" x14ac:dyDescent="0.25">
@@ -992,4076 +992,4868 @@
       <x:c r="E15" s="3" t="n">
         <x:v>43770</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v/>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v/>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>46296</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v/>
       </x:c>
       <x:c r="J15" s="3" t="n">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/azure-personalizer?branch=live", "https://learn.microsoft.com/lifecycle/products/azure-personalizer?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/azure-personalizer?branch=live</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
+        <x:v>BizTalk Server 2016</x:v>
+      </x:c>
+      <x:c r="B16" t="str">
+        <x:v>Branch</x:v>
+      </x:c>
+      <x:c r="C16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D16" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>42705</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K16" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="str">
+        <x:v>BizTalk Server 2016</x:v>
+      </x:c>
+      <x:c r="B17" t="str">
+        <x:v>Developer</x:v>
+      </x:c>
+      <x:c r="C17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D17" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>42705</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K17" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="str">
+        <x:v>BizTalk Server 2016</x:v>
+      </x:c>
+      <x:c r="B18" t="str">
+        <x:v>Enterprise</x:v>
+      </x:c>
+      <x:c r="C18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D18" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>42705</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K18" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="str">
+        <x:v>BizTalk Server 2016</x:v>
+      </x:c>
+      <x:c r="B19" t="str">
+        <x:v>Standard</x:v>
+      </x:c>
+      <x:c r="C19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D19" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>42705</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K19" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/biztalk-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="str">
         <x:v>Dynamics 365 Business Central on-premises (Modern Policy)</x:v>
       </x:c>
-      <x:c r="B16" t="str">
-[...2 lines deleted...]
-      <x:c r="C16" t="str">
+      <x:c r="B20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C20" t="str">
         <x:v>2024 release wave 2, version 25.x</x:v>
       </x:c>
-      <x:c r="D16" t="str">
+      <x:c r="D20" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E16" s="3" t="n">
+      <x:c r="E20" s="3" t="n">
         <x:v>43739</x:v>
       </x:c>
-      <x:c r="F16" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I16" s="3" t="n">
+      <x:c r="F20" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
         <x:v>45566</x:v>
       </x:c>
-      <x:c r="J16" s="3" t="n">
+      <x:c r="J20" s="3" t="n">
         <x:v>46116</x:v>
       </x:c>
-      <x:c r="K16" t="str">
+      <x:c r="K20" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="17">
-      <x:c r="A17" t="str">
+    <x:row r="21">
+      <x:c r="A21" t="str">
         <x:v>Dynamics 365 Business Central on-premises (Modern Policy)</x:v>
       </x:c>
-      <x:c r="B17" t="str">
-[...2 lines deleted...]
-      <x:c r="C17" t="str">
+      <x:c r="B21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C21" t="str">
         <x:v>2025 release wave 1, version 26.x </x:v>
       </x:c>
-      <x:c r="D17" t="str">
+      <x:c r="D21" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E17" s="3" t="n">
+      <x:c r="E21" s="3" t="n">
         <x:v>43739</x:v>
       </x:c>
-      <x:c r="F17" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I17" s="3" t="n">
+      <x:c r="F21" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
         <x:v>45748</x:v>
       </x:c>
-      <x:c r="J17" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K17" t="str">
+      <x:c r="J21" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K21" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-365-business-central-onpremises-modern-policy?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="18">
-      <x:c r="A18" t="str">
+    <x:row r="22">
+      <x:c r="A22" t="str">
         <x:v>Dynamics C5 2016</x:v>
       </x:c>
-      <x:c r="B18" t="str">
-[...8 lines deleted...]
-      <x:c r="E18" s="3" t="n">
+      <x:c r="B22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D22" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
         <x:v>42372</x:v>
       </x:c>
-      <x:c r="F18" s="3" t="n">
+      <x:c r="F22" s="3" t="n">
         <x:v>44299</x:v>
       </x:c>
-      <x:c r="G18" s="3" t="n">
+      <x:c r="G22" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H18" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K18" t="str">
+      <x:c r="H22" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K22" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-c5-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-c5-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-c5-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="19">
-      <x:c r="A19" t="str">
+    <x:row r="23">
+      <x:c r="A23" t="str">
         <x:v>Dynamics CRM 2016 (Dynamics 365)</x:v>
       </x:c>
-      <x:c r="B19" t="str">
-[...2 lines deleted...]
-      <x:c r="C19" t="str">
+      <x:c r="B23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C23" t="str">
         <x:v>December 2016 Service Pack (ver 8.2)</x:v>
       </x:c>
-      <x:c r="D19" t="str">
-[...2 lines deleted...]
-      <x:c r="E19" s="3" t="n">
+      <x:c r="D23" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
         <x:v>42338</x:v>
       </x:c>
-      <x:c r="F19" s="3" t="n">
+      <x:c r="F23" s="3" t="n">
         <x:v>44208</x:v>
       </x:c>
-      <x:c r="G19" s="3" t="n">
+      <x:c r="G23" s="3" t="n">
         <x:v>46035</x:v>
       </x:c>
-      <x:c r="H19" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I19" s="3" t="n">
+      <x:c r="H23" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
         <x:v>42720</x:v>
       </x:c>
-      <x:c r="J19" s="3" t="n">
+      <x:c r="J23" s="3" t="n">
         <x:v>46035</x:v>
       </x:c>
-      <x:c r="K19" t="str">
+      <x:c r="K23" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-crm-2016-dynamics-365?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-crm-2016-dynamics-365?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-crm-2016-dynamics-365?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="20">
-      <x:c r="A20" t="str">
+    <x:row r="24">
+      <x:c r="A24" t="str">
         <x:v>Dynamics GP 2016</x:v>
       </x:c>
-      <x:c r="B20" t="str">
-[...8 lines deleted...]
-      <x:c r="E20" s="3" t="n">
+      <x:c r="B24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D24" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
         <x:v>42491</x:v>
       </x:c>
-      <x:c r="F20" s="3" t="n">
+      <x:c r="F24" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G20" s="3" t="n">
+      <x:c r="G24" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H20" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K20" t="str">
+      <x:c r="H24" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K24" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="21">
-      <x:c r="A21" t="str">
+    <x:row r="25">
+      <x:c r="A25" t="str">
         <x:v>Dynamics GP 2016 R2</x:v>
       </x:c>
-      <x:c r="B21" t="str">
-[...8 lines deleted...]
-      <x:c r="E21" s="3" t="n">
+      <x:c r="B25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D25" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
         <x:v>42705</x:v>
       </x:c>
-      <x:c r="F21" s="3" t="n">
+      <x:c r="F25" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G21" s="3" t="n">
+      <x:c r="G25" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H21" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K21" t="str">
+      <x:c r="H25" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K25" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-gp-2016-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="22">
-      <x:c r="A22" t="str">
+    <x:row r="26">
+      <x:c r="A26" t="str">
         <x:v>Dynamics NAV 2016</x:v>
       </x:c>
-      <x:c r="B22" t="str">
-[...8 lines deleted...]
-      <x:c r="E22" s="3" t="n">
+      <x:c r="B26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D26" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
         <x:v>42372</x:v>
       </x:c>
-      <x:c r="F22" s="3" t="n">
+      <x:c r="F26" s="3" t="n">
         <x:v>44299</x:v>
       </x:c>
-      <x:c r="G22" s="3" t="n">
+      <x:c r="G26" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H22" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K22" t="str">
+      <x:c r="H26" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K26" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-nav-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-nav-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-nav-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="23">
-      <x:c r="A23" t="str">
+    <x:row r="27">
+      <x:c r="A27" t="str">
+        <x:v>Dynamics NAV 2017</x:v>
+      </x:c>
+      <x:c r="B27" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C27" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D27" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>42670</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K27" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/dynamics-nav-2017?branch=live", "https://learn.microsoft.com/lifecycle/products/dynamics-nav-2017?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/dynamics-nav-2017?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="str">
         <x:v>Excel 2021</x:v>
       </x:c>
-      <x:c r="B23" t="str">
+      <x:c r="B28" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C23" t="str">
-[...2 lines deleted...]
-      <x:c r="D23" t="str">
+      <x:c r="C28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D28" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E23" s="3" t="n">
+      <x:c r="E28" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F23" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K23" t="str">
+      <x:c r="F28" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K28" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="24">
-      <x:c r="A24" t="str">
+    <x:row r="29">
+      <x:c r="A29" t="str">
         <x:v>Excel 2021</x:v>
       </x:c>
-      <x:c r="B24" t="str">
+      <x:c r="B29" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C24" t="str">
-[...2 lines deleted...]
-      <x:c r="D24" t="str">
+      <x:c r="C29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D29" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E24" s="3" t="n">
+      <x:c r="E29" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F24" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K24" t="str">
+      <x:c r="F29" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K29" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/excel-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="25">
-      <x:c r="A25" t="str">
+    <x:row r="30">
+      <x:c r="A30" t="str">
         <x:v>Excel LTSC 2021</x:v>
       </x:c>
-      <x:c r="B25" t="str">
+      <x:c r="B30" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C25" t="str">
-[...5 lines deleted...]
-      <x:c r="E25" s="3" t="n">
+      <x:c r="C30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D30" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F25" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K25" t="str">
+      <x:c r="F30" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K30" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="26">
-      <x:c r="A26" t="str">
+    <x:row r="31">
+      <x:c r="A31" t="str">
         <x:v>Excel LTSC 2021</x:v>
       </x:c>
-      <x:c r="B26" t="str">
+      <x:c r="B31" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C26" t="str">
-[...5 lines deleted...]
-      <x:c r="E26" s="3" t="n">
+      <x:c r="C31" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D31" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F26" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K26" t="str">
+      <x:c r="F31" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K31" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/excel-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="27">
-      <x:c r="A27" t="str">
+    <x:row r="32">
+      <x:c r="A32" t="str">
+        <x:v>HPC Pack 2016</x:v>
+      </x:c>
+      <x:c r="B32" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C32" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D32" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>42733</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K32" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/hpc-pack-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/hpc-pack-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/hpc-pack-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c r="A33" t="str">
+        <x:v>Hyper-V Server 2016</x:v>
+      </x:c>
+      <x:c r="B33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D33" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K33" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/hyperv-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/hyperv-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/hyperv-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c r="A34" t="str">
         <x:v>Infopath 2013</x:v>
       </x:c>
-      <x:c r="B27" t="str">
+      <x:c r="B34" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C27" t="str">
-[...5 lines deleted...]
-      <x:c r="E27" s="3" t="n">
+      <x:c r="C34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D34" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
         <x:v>41283</x:v>
       </x:c>
-      <x:c r="F27" s="3" t="n">
+      <x:c r="F34" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G27" s="3" t="n">
+      <x:c r="G34" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H27" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K27" t="str">
+      <x:c r="H34" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K34" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/infopath-2013?branch=live", "https://learn.microsoft.com/lifecycle/products/infopath-2013?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/infopath-2013?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="28">
-      <x:c r="A28" t="str">
+    <x:row r="35">
+      <x:c r="A35" t="str">
+        <x:v>Internet Information Services (IIS)</x:v>
+      </x:c>
+      <x:c r="B35" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C35" t="str">
+        <x:v>IIS 10 on Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="D35" t="str">
+        <x:v>Component</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>37769</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="K35" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/internet-information-services-iis?branch=live", "https://learn.microsoft.com/lifecycle/products/internet-information-services-iis?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/internet-information-services-iis?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" t="str">
         <x:v>Microsoft .NET and .NET Core</x:v>
       </x:c>
-      <x:c r="B28" t="str">
-[...2 lines deleted...]
-      <x:c r="C28" t="str">
+      <x:c r="B36" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C36" t="str">
         <x:v>.NET 8 (LTS)</x:v>
       </x:c>
-      <x:c r="D28" t="str">
+      <x:c r="D36" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E28" s="3" t="n">
+      <x:c r="E36" s="3" t="n">
         <x:v>42548</x:v>
       </x:c>
-      <x:c r="F28" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I28" s="3" t="n">
+      <x:c r="F36" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
         <x:v>45244</x:v>
       </x:c>
-      <x:c r="J28" s="3" t="n">
+      <x:c r="J36" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K28" t="str">
+      <x:c r="K36" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="29">
-      <x:c r="A29" t="str">
+    <x:row r="37">
+      <x:c r="A37" t="str">
         <x:v>Microsoft .NET and .NET Core</x:v>
       </x:c>
-      <x:c r="B29" t="str">
-[...2 lines deleted...]
-      <x:c r="C29" t="str">
+      <x:c r="B37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C37" t="str">
         <x:v>.NET 9</x:v>
       </x:c>
-      <x:c r="D29" t="str">
+      <x:c r="D37" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E29" s="3" t="n">
+      <x:c r="E37" s="3" t="n">
         <x:v>42548</x:v>
       </x:c>
-      <x:c r="F29" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I29" s="3" t="n">
+      <x:c r="F37" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
         <x:v>45608</x:v>
       </x:c>
-      <x:c r="J29" s="3" t="n">
+      <x:c r="J37" s="3" t="n">
         <x:v>46154</x:v>
       </x:c>
-      <x:c r="K29" t="str">
+      <x:c r="K37" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-net-and-net-core?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="30">
-      <x:c r="A30" t="str">
+    <x:row r="38">
+      <x:c r="A38" t="str">
+        <x:v>Microsoft .NET Framework</x:v>
+      </x:c>
+      <x:c r="B38" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C38" t="str">
+        <x:v>.NET Framework 4.6.2</x:v>
+      </x:c>
+      <x:c r="D38" t="str">
+        <x:v>Component</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>38765</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>42584</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="K38" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-net-framework?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-net-framework?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-net-framework?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c r="A39" t="str">
         <x:v>Microsoft Advanced Group Policy Management 4.0</x:v>
       </x:c>
-      <x:c r="B30" t="str">
-[...2 lines deleted...]
-      <x:c r="C30" t="str">
+      <x:c r="B39" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C39" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D30" t="str">
-[...2 lines deleted...]
-      <x:c r="E30" s="3" t="n">
+      <x:c r="D39" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
         <x:v>40136</x:v>
       </x:c>
-      <x:c r="F30" s="3" t="n">
+      <x:c r="F39" s="3" t="n">
         <x:v>43200</x:v>
       </x:c>
-      <x:c r="G30" s="3" t="n">
+      <x:c r="G39" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H30" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I30" s="3" t="n">
+      <x:c r="H39" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
         <x:v>42216</x:v>
       </x:c>
-      <x:c r="J30" s="3" t="n">
+      <x:c r="J39" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K30" t="str">
+      <x:c r="K39" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-advanced-group-policy-management-40?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-advanced-group-policy-management-40?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-advanced-group-policy-management-40?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="31">
-      <x:c r="A31" t="str">
+    <x:row r="40">
+      <x:c r="A40" t="str">
         <x:v>Microsoft Application Virtualization 5.0</x:v>
       </x:c>
-      <x:c r="B31" t="str">
+      <x:c r="B40" t="str">
         <x:v>for Remote Desktop Services</x:v>
       </x:c>
-      <x:c r="C31" t="str">
+      <x:c r="C40" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D31" t="str">
-[...2 lines deleted...]
-      <x:c r="E31" s="3" t="n">
+      <x:c r="D40" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
         <x:v>41214</x:v>
       </x:c>
-      <x:c r="F31" s="3" t="n">
+      <x:c r="F40" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G31" s="3" t="n">
+      <x:c r="G40" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H31" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I31" s="3" t="n">
+      <x:c r="H40" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
         <x:v>41981</x:v>
       </x:c>
-      <x:c r="J31" s="3" t="n">
+      <x:c r="J40" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K31" t="str">
+      <x:c r="K40" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="32">
-      <x:c r="A32" t="str">
+    <x:row r="41">
+      <x:c r="A41" t="str">
         <x:v>Microsoft Application Virtualization 5.0</x:v>
       </x:c>
-      <x:c r="B32" t="str">
+      <x:c r="B41" t="str">
         <x:v>for Terminal Services</x:v>
       </x:c>
-      <x:c r="C32" t="str">
+      <x:c r="C41" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D32" t="str">
-[...2 lines deleted...]
-      <x:c r="E32" s="3" t="n">
+      <x:c r="D41" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
         <x:v>41214</x:v>
       </x:c>
-      <x:c r="F32" s="3" t="n">
+      <x:c r="F41" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G32" s="3" t="n">
+      <x:c r="G41" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H32" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I32" s="3" t="n">
+      <x:c r="H41" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
         <x:v>41981</x:v>
       </x:c>
-      <x:c r="J32" s="3" t="n">
+      <x:c r="J41" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K32" t="str">
+      <x:c r="K41" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="33">
-      <x:c r="A33" t="str">
+    <x:row r="42">
+      <x:c r="A42" t="str">
         <x:v>Microsoft Application Virtualization 5.0</x:v>
       </x:c>
-      <x:c r="B33" t="str">
+      <x:c r="B42" t="str">
         <x:v>for Windows Desktops</x:v>
       </x:c>
-      <x:c r="C33" t="str">
+      <x:c r="C42" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D33" t="str">
-[...2 lines deleted...]
-      <x:c r="E33" s="3" t="n">
+      <x:c r="D42" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
         <x:v>41214</x:v>
       </x:c>
-      <x:c r="F33" s="3" t="n">
+      <x:c r="F42" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G33" s="3" t="n">
+      <x:c r="G42" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H33" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I33" s="3" t="n">
+      <x:c r="H42" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
         <x:v>41981</x:v>
       </x:c>
-      <x:c r="J33" s="3" t="n">
+      <x:c r="J42" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K33" t="str">
+      <x:c r="K42" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-50?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="34">
-      <x:c r="A34" t="str">
+    <x:row r="43">
+      <x:c r="A43" t="str">
         <x:v>Microsoft Application Virtualization 5.1</x:v>
       </x:c>
-      <x:c r="B34" t="str">
+      <x:c r="B43" t="str">
         <x:v>for Remote Desktop Services</x:v>
       </x:c>
-      <x:c r="C34" t="str">
-[...5 lines deleted...]
-      <x:c r="E34" s="3" t="n">
+      <x:c r="C43" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D43" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
         <x:v>42309</x:v>
       </x:c>
-      <x:c r="F34" s="3" t="n">
+      <x:c r="F43" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G34" s="3" t="n">
+      <x:c r="G43" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H34" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K34" t="str">
+      <x:c r="H43" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K43" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="35">
-      <x:c r="A35" t="str">
+    <x:row r="44">
+      <x:c r="A44" t="str">
         <x:v>Microsoft Application Virtualization 5.1</x:v>
       </x:c>
-      <x:c r="B35" t="str">
+      <x:c r="B44" t="str">
         <x:v>for Windows Desktops</x:v>
       </x:c>
-      <x:c r="C35" t="str">
-[...5 lines deleted...]
-      <x:c r="E35" s="3" t="n">
+      <x:c r="C44" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D44" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
         <x:v>42309</x:v>
       </x:c>
-      <x:c r="F35" s="3" t="n">
+      <x:c r="F44" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G35" s="3" t="n">
+      <x:c r="G44" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H35" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K35" t="str">
+      <x:c r="H44" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K44" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-51?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="36">
-      <x:c r="A36" t="str">
+    <x:row r="45">
+      <x:c r="A45" t="str">
         <x:v>Microsoft Application Virtualization Hosting 5.0 for Windows Desktops</x:v>
       </x:c>
-      <x:c r="B36" t="str">
+      <x:c r="B45" t="str">
         <x:v>for Windows Desktops</x:v>
       </x:c>
-      <x:c r="C36" t="str">
+      <x:c r="C45" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D36" t="str">
-[...2 lines deleted...]
-      <x:c r="E36" s="3" t="n">
+      <x:c r="D45" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
         <x:v>41214</x:v>
       </x:c>
-      <x:c r="F36" s="3" t="n">
+      <x:c r="F45" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G36" s="3" t="n">
+      <x:c r="G45" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H36" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I36" s="3" t="n">
+      <x:c r="H45" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
         <x:v>41981</x:v>
       </x:c>
-      <x:c r="J36" s="3" t="n">
+      <x:c r="J45" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K36" t="str">
+      <x:c r="K45" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-50-for-windows-desktops?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-50-for-windows-desktops?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-50-for-windows-desktops?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="37">
-      <x:c r="A37" t="str">
+    <x:row r="46">
+      <x:c r="A46" t="str">
         <x:v>Microsoft Application Virtualization Hosting 5.1 for Windows Desktops</x:v>
       </x:c>
-      <x:c r="B37" t="str">
+      <x:c r="B46" t="str">
         <x:v>for Windows Desktops</x:v>
       </x:c>
-      <x:c r="C37" t="str">
-[...5 lines deleted...]
-      <x:c r="E37" s="3" t="n">
+      <x:c r="C46" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D46" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
         <x:v>42309</x:v>
       </x:c>
-      <x:c r="F37" s="3" t="n">
+      <x:c r="F46" s="3" t="n">
         <x:v>43109</x:v>
       </x:c>
-      <x:c r="G37" s="3" t="n">
+      <x:c r="G46" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H37" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K37" t="str">
+      <x:c r="H46" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K46" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-51-for-windows-desktops?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-51-for-windows-desktops?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-application-virtualization-hosting-51-for-windows-desktops?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="38">
-      <x:c r="A38" t="str">
+    <x:row r="47">
+      <x:c r="A47" t="str">
         <x:v>Microsoft BitLocker Administration and Monitoring 2.5</x:v>
       </x:c>
-      <x:c r="B38" t="str">
-[...2 lines deleted...]
-      <x:c r="C38" t="str">
+      <x:c r="B47" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C47" t="str">
         <x:v>Service Pack 1</x:v>
       </x:c>
-      <x:c r="D38" t="str">
-[...2 lines deleted...]
-      <x:c r="E38" s="3" t="n">
+      <x:c r="D47" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
         <x:v>41760</x:v>
       </x:c>
-      <x:c r="F38" s="3" t="n">
+      <x:c r="F47" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G38" s="3" t="n">
+      <x:c r="G47" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H38" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I38" s="3" t="n">
+      <x:c r="H47" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
         <x:v>42219</x:v>
       </x:c>
-      <x:c r="J38" s="3" t="n">
+      <x:c r="J47" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K38" t="str">
+      <x:c r="K47" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-bitlocker-administration-and-monitoring-25?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-bitlocker-administration-and-monitoring-25?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-bitlocker-administration-and-monitoring-25?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="39">
-      <x:c r="A39" t="str">
+    <x:row r="48">
+      <x:c r="A48" t="str">
         <x:v>Microsoft Configuration Manager</x:v>
       </x:c>
-      <x:c r="B39" t="str">
-[...2 lines deleted...]
-      <x:c r="C39" t="str">
+      <x:c r="B48" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C48" t="str">
         <x:v>Version 2409</x:v>
       </x:c>
-      <x:c r="D39" t="str">
+      <x:c r="D48" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E39" s="3" t="n">
+      <x:c r="E48" s="3" t="n">
         <x:v>42346</x:v>
       </x:c>
-      <x:c r="F39" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I39" s="3" t="n">
+      <x:c r="F48" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
         <x:v>45630</x:v>
       </x:c>
-      <x:c r="J39" s="3" t="n">
+      <x:c r="J48" s="3" t="n">
         <x:v>46179</x:v>
       </x:c>
-      <x:c r="K39" t="str">
+      <x:c r="K48" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-configuration-manager?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-configuration-manager?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-configuration-manager?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="40">
-      <x:c r="A40" t="str">
+    <x:row r="49">
+      <x:c r="A49" t="str">
         <x:v>Microsoft Diagnostics and Recovery Toolset 10.0</x:v>
       </x:c>
-      <x:c r="B40" t="str">
-[...8 lines deleted...]
-      <x:c r="E40" s="3" t="n">
+      <x:c r="B49" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C49" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D49" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
         <x:v>42309</x:v>
       </x:c>
-      <x:c r="F40" s="3" t="n">
+      <x:c r="F49" s="3" t="n">
         <x:v>44299</x:v>
       </x:c>
-      <x:c r="G40" s="3" t="n">
+      <x:c r="G49" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H40" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K40" t="str">
+      <x:c r="H49" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K49" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-diagnostics-and-recovery-toolset-100?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-diagnostics-and-recovery-toolset-100?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-diagnostics-and-recovery-toolset-100?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="41">
-      <x:c r="A41" t="str">
+    <x:row r="50">
+      <x:c r="A50" t="str">
+        <x:v>Microsoft Host Integration Server 2016</x:v>
+      </x:c>
+      <x:c r="B50" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C50" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D50" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K50" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-host-integration-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-host-integration-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-host-integration-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51">
+      <x:c r="A51" t="str">
         <x:v>Microsoft SQL Server 2012 Parallel Data Warehouse (Analytics Platform System)</x:v>
       </x:c>
-      <x:c r="B41" t="str">
-[...8 lines deleted...]
-      <x:c r="E41" s="3" t="n">
+      <x:c r="B51" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C51" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D51" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
         <x:v>41467</x:v>
       </x:c>
-      <x:c r="F41" s="3" t="n">
+      <x:c r="F51" s="3" t="n">
         <x:v>43746</x:v>
       </x:c>
-      <x:c r="G41" s="3" t="n">
+      <x:c r="G51" s="3" t="n">
         <x:v>46112</x:v>
       </x:c>
-      <x:c r="H41" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K41" t="str">
+      <x:c r="H51" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K51" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-sql-server-2012-parallel-data-warehouse-analytics-platform-system?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-sql-server-2012-parallel-data-warehouse-analytics-platform-system?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-sql-server-2012-parallel-data-warehouse-analytics-platform-system?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="42">
-      <x:c r="A42" t="str">
+    <x:row r="52">
+      <x:c r="A52" t="str">
+        <x:v>Microsoft System Center Configuration Manager (LTSB - version 1606)</x:v>
+      </x:c>
+      <x:c r="B52" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C52" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D52" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>42655</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>44481</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K52" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/microsoft-system-center-configuration-manager-ltsb-version-1606?branch=live", "https://learn.microsoft.com/lifecycle/products/microsoft-system-center-configuration-manager-ltsb-version-1606?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/microsoft-system-center-configuration-manager-ltsb-version-1606?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53">
+      <x:c r="A53" t="str">
         <x:v>Office 2021</x:v>
       </x:c>
-      <x:c r="B42" t="str">
+      <x:c r="B53" t="str">
         <x:v>Home and Business</x:v>
       </x:c>
-      <x:c r="C42" t="str">
-[...2 lines deleted...]
-      <x:c r="D42" t="str">
+      <x:c r="C53" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D53" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E42" s="3" t="n">
+      <x:c r="E53" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F42" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K42" t="str">
+      <x:c r="F53" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G53" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H53" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J53" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K53" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="43">
-      <x:c r="A43" t="str">
+    <x:row r="54">
+      <x:c r="A54" t="str">
         <x:v>Office 2021</x:v>
       </x:c>
-      <x:c r="B43" t="str">
+      <x:c r="B54" t="str">
         <x:v>Home and Business for Mac</x:v>
       </x:c>
-      <x:c r="C43" t="str">
-[...2 lines deleted...]
-      <x:c r="D43" t="str">
+      <x:c r="C54" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D54" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E43" s="3" t="n">
+      <x:c r="E54" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F43" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K43" t="str">
+      <x:c r="F54" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G54" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H54" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J54" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K54" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="44">
-      <x:c r="A44" t="str">
+    <x:row r="55">
+      <x:c r="A55" t="str">
         <x:v>Office 2021</x:v>
       </x:c>
-      <x:c r="B44" t="str">
+      <x:c r="B55" t="str">
         <x:v>Home and Student</x:v>
       </x:c>
-      <x:c r="C44" t="str">
-[...2 lines deleted...]
-      <x:c r="D44" t="str">
+      <x:c r="C55" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D55" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E44" s="3" t="n">
+      <x:c r="E55" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F44" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K44" t="str">
+      <x:c r="F55" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G55" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H55" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J55" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K55" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="45">
-      <x:c r="A45" t="str">
+    <x:row r="56">
+      <x:c r="A56" t="str">
         <x:v>Office 2021</x:v>
       </x:c>
-      <x:c r="B45" t="str">
+      <x:c r="B56" t="str">
         <x:v>Home and Student for Mac</x:v>
       </x:c>
-      <x:c r="C45" t="str">
-[...2 lines deleted...]
-      <x:c r="D45" t="str">
+      <x:c r="C56" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D56" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E45" s="3" t="n">
+      <x:c r="E56" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F45" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K45" t="str">
+      <x:c r="F56" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G56" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H56" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I56" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J56" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K56" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="46">
-      <x:c r="A46" t="str">
+    <x:row r="57">
+      <x:c r="A57" t="str">
         <x:v>Office 2021</x:v>
       </x:c>
-      <x:c r="B46" t="str">
+      <x:c r="B57" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C46" t="str">
-[...2 lines deleted...]
-      <x:c r="D46" t="str">
+      <x:c r="C57" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D57" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E46" s="3" t="n">
+      <x:c r="E57" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F46" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K46" t="str">
+      <x:c r="F57" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G57" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H57" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I57" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J57" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K57" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="47">
-      <x:c r="A47" t="str">
+    <x:row r="58">
+      <x:c r="A58" t="str">
         <x:v>Office LTSC 2021</x:v>
       </x:c>
-      <x:c r="B47" t="str">
+      <x:c r="B58" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C47" t="str">
-[...5 lines deleted...]
-      <x:c r="E47" s="3" t="n">
+      <x:c r="C58" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D58" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E58" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F47" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K47" t="str">
+      <x:c r="F58" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G58" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H58" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I58" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J58" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K58" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="48">
-      <x:c r="A48" t="str">
+    <x:row r="59">
+      <x:c r="A59" t="str">
         <x:v>Office LTSC 2021</x:v>
       </x:c>
-      <x:c r="B48" t="str">
+      <x:c r="B59" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C48" t="str">
-[...5 lines deleted...]
-      <x:c r="E48" s="3" t="n">
+      <x:c r="C59" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D59" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E59" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F48" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K48" t="str">
+      <x:c r="F59" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G59" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H59" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I59" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J59" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K59" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="49">
-      <x:c r="A49" t="str">
+    <x:row r="60">
+      <x:c r="A60" t="str">
         <x:v>Office LTSC 2021 for Mac</x:v>
       </x:c>
-      <x:c r="B49" t="str">
-[...8 lines deleted...]
-      <x:c r="E49" s="3" t="n">
+      <x:c r="B60" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C60" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D60" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E60" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F49" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K49" t="str">
+      <x:c r="F60" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G60" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="H60" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I60" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J60" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K60" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/office-ltsc-2021-for-mac?branch=live", "https://learn.microsoft.com/lifecycle/products/office-ltsc-2021-for-mac?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/office-ltsc-2021-for-mac?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="50">
-      <x:c r="A50" t="str">
+    <x:row r="61">
+      <x:c r="A61" t="str">
         <x:v>OneNote 2021</x:v>
       </x:c>
-      <x:c r="B50" t="str">
+      <x:c r="B61" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C50" t="str">
-[...2 lines deleted...]
-      <x:c r="D50" t="str">
+      <x:c r="C61" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D61" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E50" s="3" t="n">
+      <x:c r="E61" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F50" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K50" t="str">
+      <x:c r="F61" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G61" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H61" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I61" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J61" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K61" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="51">
-      <x:c r="A51" t="str">
+    <x:row r="62">
+      <x:c r="A62" t="str">
         <x:v>OneNote 2021</x:v>
       </x:c>
-      <x:c r="B51" t="str">
+      <x:c r="B62" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C51" t="str">
-[...2 lines deleted...]
-      <x:c r="D51" t="str">
+      <x:c r="C62" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D62" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E51" s="3" t="n">
+      <x:c r="E62" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F51" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K51" t="str">
+      <x:c r="F62" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G62" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H62" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I62" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J62" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K62" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/onenote-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="52">
-      <x:c r="A52" t="str">
+    <x:row r="63">
+      <x:c r="A63" t="str">
         <x:v>OneNote LTSC 2021</x:v>
       </x:c>
-      <x:c r="B52" t="str">
-[...8 lines deleted...]
-      <x:c r="E52" s="3" t="n">
+      <x:c r="B63" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C63" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D63" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E63" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F52" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K52" t="str">
+      <x:c r="F63" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G63" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H63" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I63" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J63" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K63" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/onenote-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/onenote-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/onenote-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="53">
-      <x:c r="A53" t="str">
+    <x:row r="64">
+      <x:c r="A64" t="str">
         <x:v>Outlook 2021</x:v>
       </x:c>
-      <x:c r="B53" t="str">
+      <x:c r="B64" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C53" t="str">
-[...2 lines deleted...]
-      <x:c r="D53" t="str">
+      <x:c r="C64" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D64" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E53" s="3" t="n">
+      <x:c r="E64" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F53" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K53" t="str">
+      <x:c r="F64" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G64" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H64" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I64" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J64" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K64" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="54">
-      <x:c r="A54" t="str">
+    <x:row r="65">
+      <x:c r="A65" t="str">
         <x:v>Outlook 2021</x:v>
       </x:c>
-      <x:c r="B54" t="str">
+      <x:c r="B65" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C54" t="str">
-[...2 lines deleted...]
-      <x:c r="D54" t="str">
+      <x:c r="C65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D65" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E54" s="3" t="n">
+      <x:c r="E65" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F54" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K54" t="str">
+      <x:c r="F65" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G65" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H65" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I65" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J65" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K65" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/outlook-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="55">
-      <x:c r="A55" t="str">
+    <x:row r="66">
+      <x:c r="A66" t="str">
         <x:v>Outlook LTSC 2021</x:v>
       </x:c>
-      <x:c r="B55" t="str">
+      <x:c r="B66" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C55" t="str">
-[...5 lines deleted...]
-      <x:c r="E55" s="3" t="n">
+      <x:c r="C66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D66" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F55" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K55" t="str">
+      <x:c r="F66" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G66" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H66" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I66" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J66" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K66" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="56">
-      <x:c r="A56" t="str">
+    <x:row r="67">
+      <x:c r="A67" t="str">
         <x:v>Outlook LTSC 2021</x:v>
       </x:c>
-      <x:c r="B56" t="str">
+      <x:c r="B67" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C56" t="str">
-[...5 lines deleted...]
-      <x:c r="E56" s="3" t="n">
+      <x:c r="C67" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D67" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E67" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F56" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K56" t="str">
+      <x:c r="F67" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G67" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H67" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I67" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J67" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K67" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/outlook-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="57">
-      <x:c r="A57" t="str">
+    <x:row r="68">
+      <x:c r="A68" t="str">
         <x:v>PowerPoint 2021</x:v>
       </x:c>
-      <x:c r="B57" t="str">
+      <x:c r="B68" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C57" t="str">
-[...2 lines deleted...]
-      <x:c r="D57" t="str">
+      <x:c r="C68" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D68" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E57" s="3" t="n">
+      <x:c r="E68" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F57" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K57" t="str">
+      <x:c r="F68" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G68" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H68" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I68" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J68" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K68" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="58">
-      <x:c r="A58" t="str">
+    <x:row r="69">
+      <x:c r="A69" t="str">
         <x:v>PowerPoint 2021</x:v>
       </x:c>
-      <x:c r="B58" t="str">
+      <x:c r="B69" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C58" t="str">
-[...2 lines deleted...]
-      <x:c r="D58" t="str">
+      <x:c r="C69" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D69" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E58" s="3" t="n">
+      <x:c r="E69" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F58" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K58" t="str">
+      <x:c r="F69" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G69" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H69" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I69" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J69" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K69" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/powerpoint-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="59">
-      <x:c r="A59" t="str">
+    <x:row r="70">
+      <x:c r="A70" t="str">
         <x:v>PowerPoint LTSC 2021</x:v>
       </x:c>
-      <x:c r="B59" t="str">
+      <x:c r="B70" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C59" t="str">
-[...5 lines deleted...]
-      <x:c r="E59" s="3" t="n">
+      <x:c r="C70" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D70" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F59" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K59" t="str">
+      <x:c r="F70" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G70" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H70" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I70" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J70" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K70" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="60">
-      <x:c r="A60" t="str">
+    <x:row r="71">
+      <x:c r="A71" t="str">
         <x:v>PowerPoint LTSC 2021</x:v>
       </x:c>
-      <x:c r="B60" t="str">
+      <x:c r="B71" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C60" t="str">
-[...5 lines deleted...]
-      <x:c r="E60" s="3" t="n">
+      <x:c r="C71" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D71" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E71" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K60" t="str">
+      <x:c r="F71" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G71" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H71" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I71" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J71" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K71" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/powerpoint-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="61">
-      <x:c r="A61" t="str">
+    <x:row r="72">
+      <x:c r="A72" t="str">
         <x:v>PowerShell</x:v>
       </x:c>
-      <x:c r="B61" t="str">
-[...2 lines deleted...]
-      <x:c r="C61" t="str">
+      <x:c r="B72" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C72" t="str">
         <x:v>PowerShell 7.4 (LTS)</x:v>
       </x:c>
-      <x:c r="D61" t="str">
+      <x:c r="D72" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="n">
+      <x:c r="E72" s="3" t="n">
         <x:v>43120</x:v>
       </x:c>
-      <x:c r="F61" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I61" s="3" t="n">
+      <x:c r="F72" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G72" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H72" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I72" s="3" t="n">
         <x:v>45246</x:v>
       </x:c>
-      <x:c r="J61" s="3" t="n">
+      <x:c r="J72" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K61" t="str">
+      <x:c r="K72" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/powershell?branch=live", "https://learn.microsoft.com/lifecycle/products/powershell?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/powershell?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="62">
-      <x:c r="A62" t="str">
+    <x:row r="73">
+      <x:c r="A73" t="str">
         <x:v>Project 2021</x:v>
       </x:c>
-      <x:c r="B62" t="str">
+      <x:c r="B73" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C62" t="str">
-[...2 lines deleted...]
-      <x:c r="D62" t="str">
+      <x:c r="C73" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D73" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E62" s="3" t="n">
+      <x:c r="E73" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F62" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K62" t="str">
+      <x:c r="F73" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G73" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H73" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I73" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J73" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K73" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/project-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="63">
-      <x:c r="A63" t="str">
+    <x:row r="74">
+      <x:c r="A74" t="str">
         <x:v>Project 2021</x:v>
       </x:c>
-      <x:c r="B63" t="str">
+      <x:c r="B74" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C63" t="str">
-[...2 lines deleted...]
-      <x:c r="D63" t="str">
+      <x:c r="C74" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D74" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E63" s="3" t="n">
+      <x:c r="E74" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F63" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K63" t="str">
+      <x:c r="F74" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G74" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H74" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I74" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J74" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K74" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/project-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="64">
-      <x:c r="A64" t="str">
+    <x:row r="75">
+      <x:c r="A75" t="str">
         <x:v>Project 2021 (LTSC)</x:v>
       </x:c>
-      <x:c r="B64" t="str">
+      <x:c r="B75" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C64" t="str">
-[...5 lines deleted...]
-      <x:c r="E64" s="3" t="n">
+      <x:c r="C75" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D75" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E75" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K64" t="str">
+      <x:c r="F75" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G75" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H75" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I75" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J75" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K75" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live", "https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="65">
-      <x:c r="A65" t="str">
+    <x:row r="76">
+      <x:c r="A76" t="str">
         <x:v>Project 2021 (LTSC)</x:v>
       </x:c>
-      <x:c r="B65" t="str">
+      <x:c r="B76" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C65" t="str">
-[...5 lines deleted...]
-      <x:c r="E65" s="3" t="n">
+      <x:c r="C76" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D76" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E76" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K65" t="str">
+      <x:c r="F76" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G76" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H76" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I76" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J76" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K76" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live", "https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-2021-ltsc?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="66">
-      <x:c r="A66" t="str">
+    <x:row r="77">
+      <x:c r="A77" t="str">
         <x:v>Project Server 2016</x:v>
       </x:c>
-      <x:c r="B66" t="str">
-[...8 lines deleted...]
-      <x:c r="E66" s="3" t="n">
+      <x:c r="B77" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C77" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D77" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E77" s="3" t="n">
         <x:v>42491</x:v>
       </x:c>
-      <x:c r="F66" s="3" t="n">
+      <x:c r="F77" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G66" s="3" t="n">
+      <x:c r="G77" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H66" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K66" t="str">
+      <x:c r="H77" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I77" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J77" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K77" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/project-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="67">
-      <x:c r="A67" t="str">
+    <x:row r="78">
+      <x:c r="A78" t="str">
         <x:v>Project Server 2019</x:v>
       </x:c>
-      <x:c r="B67" t="str">
-[...8 lines deleted...]
-      <x:c r="E67" s="3" t="n">
+      <x:c r="B78" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C78" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D78" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E78" s="3" t="n">
         <x:v>43395</x:v>
       </x:c>
-      <x:c r="F67" s="3" t="n">
+      <x:c r="F78" s="3" t="n">
         <x:v>45300</x:v>
       </x:c>
-      <x:c r="G67" s="3" t="n">
+      <x:c r="G78" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H67" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K67" t="str">
+      <x:c r="H78" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I78" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J78" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K78" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/project-server-2019?branch=live", "https://learn.microsoft.com/lifecycle/products/project-server-2019?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/project-server-2019?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="68">
-      <x:c r="A68" t="str">
+    <x:row r="79">
+      <x:c r="A79" t="str">
         <x:v>Publisher 2021</x:v>
       </x:c>
-      <x:c r="B68" t="str">
-[...5 lines deleted...]
-      <x:c r="D68" t="str">
+      <x:c r="B79" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C79" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D79" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="n">
+      <x:c r="E79" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K68" t="str">
+      <x:c r="F79" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G79" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H79" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I79" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J79" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K79" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/publisher-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/publisher-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/publisher-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="69">
-      <x:c r="A69" t="str">
+    <x:row r="80">
+      <x:c r="A80" t="str">
         <x:v>Publisher LTSC 2021</x:v>
       </x:c>
-      <x:c r="B69" t="str">
-[...8 lines deleted...]
-      <x:c r="E69" s="3" t="n">
+      <x:c r="B80" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C80" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D80" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E80" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F69" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K69" t="str">
+      <x:c r="F80" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G80" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H80" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I80" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J80" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K80" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/publisher-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/publisher-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/publisher-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="70">
-      <x:c r="A70" t="str">
+    <x:row r="81">
+      <x:c r="A81" t="str">
         <x:v>SharePoint Server 2016</x:v>
       </x:c>
-      <x:c r="B70" t="str">
-[...8 lines deleted...]
-      <x:c r="E70" s="3" t="n">
+      <x:c r="B81" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C81" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D81" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E81" s="3" t="n">
         <x:v>42491</x:v>
       </x:c>
-      <x:c r="F70" s="3" t="n">
+      <x:c r="F81" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G70" s="3" t="n">
+      <x:c r="G81" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H70" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K70" t="str">
+      <x:c r="H81" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I81" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J81" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K81" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sharepoint-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sharepoint-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sharepoint-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="71">
-      <x:c r="A71" t="str">
+    <x:row r="82">
+      <x:c r="A82" t="str">
         <x:v>SharePoint Server 2019</x:v>
       </x:c>
-      <x:c r="B71" t="str">
-[...8 lines deleted...]
-      <x:c r="E71" s="3" t="n">
+      <x:c r="B82" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C82" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D82" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E82" s="3" t="n">
         <x:v>43395</x:v>
       </x:c>
-      <x:c r="F71" s="3" t="n">
+      <x:c r="F82" s="3" t="n">
         <x:v>45300</x:v>
       </x:c>
-      <x:c r="G71" s="3" t="n">
+      <x:c r="G82" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H71" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="K71" t="str">
+      <x:c r="H82" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I82" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J82" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K82" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sharepoint-server-2019?branch=live", "https://learn.microsoft.com/lifecycle/products/sharepoint-server-2019?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sharepoint-server-2019?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="72">
-      <x:c r="A72" t="str">
+    <x:row r="83">
+      <x:c r="A83" t="str">
         <x:v>Skype for Business LTSC 2021</x:v>
       </x:c>
-      <x:c r="B72" t="str">
-[...8 lines deleted...]
-      <x:c r="E72" s="3" t="n">
+      <x:c r="B83" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C83" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D83" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E83" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F72" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K72" t="str">
+      <x:c r="F83" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G83" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H83" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I83" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J83" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K83" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/skype-for-business-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/skype-for-business-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/skype-for-business-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="73">
-      <x:c r="A73" t="str">
+    <x:row r="84">
+      <x:c r="A84" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B73" t="str">
+      <x:c r="B84" t="str">
         <x:v>Business Intelligence</x:v>
       </x:c>
-      <x:c r="C73" t="str">
+      <x:c r="C84" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D73" t="str">
-[...2 lines deleted...]
-      <x:c r="E73" s="3" t="n">
+      <x:c r="D84" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E84" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F73" s="3" t="n">
+      <x:c r="F84" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G73" s="3" t="n">
+      <x:c r="G84" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H73" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I73" s="3" t="n">
+      <x:c r="H84" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I84" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J73" s="3" t="n">
+      <x:c r="J84" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K73" t="str">
+      <x:c r="K84" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="74">
-      <x:c r="A74" t="str">
+    <x:row r="85">
+      <x:c r="A85" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B74" t="str">
+      <x:c r="B85" t="str">
         <x:v>Developer</x:v>
       </x:c>
-      <x:c r="C74" t="str">
+      <x:c r="C85" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D74" t="str">
-[...2 lines deleted...]
-      <x:c r="E74" s="3" t="n">
+      <x:c r="D85" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E85" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F74" s="3" t="n">
+      <x:c r="F85" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G74" s="3" t="n">
+      <x:c r="G85" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H74" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I74" s="3" t="n">
+      <x:c r="H85" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I85" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J74" s="3" t="n">
+      <x:c r="J85" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K74" t="str">
+      <x:c r="K85" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="75">
-      <x:c r="A75" t="str">
+    <x:row r="86">
+      <x:c r="A86" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B75" t="str">
+      <x:c r="B86" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C75" t="str">
+      <x:c r="C86" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D75" t="str">
-[...2 lines deleted...]
-      <x:c r="E75" s="3" t="n">
+      <x:c r="D86" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E86" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F75" s="3" t="n">
+      <x:c r="F86" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G75" s="3" t="n">
+      <x:c r="G86" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H75" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I75" s="3" t="n">
+      <x:c r="H86" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I86" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J75" s="3" t="n">
+      <x:c r="J86" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K75" t="str">
+      <x:c r="K86" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="76">
-      <x:c r="A76" t="str">
+    <x:row r="87">
+      <x:c r="A87" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B76" t="str">
+      <x:c r="B87" t="str">
         <x:v>Enterprise Core</x:v>
       </x:c>
-      <x:c r="C76" t="str">
+      <x:c r="C87" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D76" t="str">
-[...2 lines deleted...]
-      <x:c r="E76" s="3" t="n">
+      <x:c r="D87" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E87" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F76" s="3" t="n">
+      <x:c r="F87" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G76" s="3" t="n">
+      <x:c r="G87" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H76" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I76" s="3" t="n">
+      <x:c r="H87" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I87" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J76" s="3" t="n">
+      <x:c r="J87" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K76" t="str">
+      <x:c r="K87" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="77">
-      <x:c r="A77" t="str">
+    <x:row r="88">
+      <x:c r="A88" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B77" t="str">
+      <x:c r="B88" t="str">
         <x:v>Express</x:v>
       </x:c>
-      <x:c r="C77" t="str">
+      <x:c r="C88" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D77" t="str">
-[...2 lines deleted...]
-      <x:c r="E77" s="3" t="n">
+      <x:c r="D88" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E88" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F77" s="3" t="n">
+      <x:c r="F88" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G77" s="3" t="n">
+      <x:c r="G88" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H77" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I77" s="3" t="n">
+      <x:c r="H88" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I88" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J77" s="3" t="n">
+      <x:c r="J88" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K77" t="str">
+      <x:c r="K88" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="78">
-      <x:c r="A78" t="str">
+    <x:row r="89">
+      <x:c r="A89" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B78" t="str">
+      <x:c r="B89" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C78" t="str">
+      <x:c r="C89" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D78" t="str">
-[...2 lines deleted...]
-      <x:c r="E78" s="3" t="n">
+      <x:c r="D89" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E89" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F78" s="3" t="n">
+      <x:c r="F89" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G78" s="3" t="n">
+      <x:c r="G89" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H78" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I78" s="3" t="n">
+      <x:c r="H89" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I89" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J78" s="3" t="n">
+      <x:c r="J89" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K78" t="str">
+      <x:c r="K89" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="79">
-      <x:c r="A79" t="str">
+    <x:row r="90">
+      <x:c r="A90" t="str">
         <x:v>SQL Server 2014</x:v>
       </x:c>
-      <x:c r="B79" t="str">
+      <x:c r="B90" t="str">
         <x:v>Web</x:v>
       </x:c>
-      <x:c r="C79" t="str">
+      <x:c r="C90" t="str">
         <x:v>Extended Security Updates Year 2</x:v>
       </x:c>
-      <x:c r="D79" t="str">
-[...2 lines deleted...]
-      <x:c r="E79" s="3" t="n">
+      <x:c r="D90" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E90" s="3" t="n">
         <x:v>41795</x:v>
       </x:c>
-      <x:c r="F79" s="3" t="n">
+      <x:c r="F90" s="3" t="n">
         <x:v>43655</x:v>
       </x:c>
-      <x:c r="G79" s="3" t="n">
+      <x:c r="G90" s="3" t="n">
         <x:v>45482</x:v>
       </x:c>
-      <x:c r="H79" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I79" s="3" t="n">
+      <x:c r="H90" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I90" s="3" t="n">
         <x:v>45847</x:v>
       </x:c>
-      <x:c r="J79" s="3" t="n">
+      <x:c r="J90" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K79" t="str">
+      <x:c r="K90" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2014?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="80">
-      <x:c r="A80" t="str">
+    <x:row r="91">
+      <x:c r="A91" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B80" t="str">
+      <x:c r="B91" t="str">
         <x:v>Developer</x:v>
       </x:c>
-      <x:c r="C80" t="str">
+      <x:c r="C91" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D80" t="str">
-[...2 lines deleted...]
-      <x:c r="E80" s="3" t="n">
+      <x:c r="D91" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E91" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F80" s="3" t="n">
+      <x:c r="F91" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G80" s="3" t="n">
+      <x:c r="G91" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H80" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I80" s="3" t="n">
+      <x:c r="H91" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I91" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J80" s="3" t="n">
+      <x:c r="J91" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K80" t="str">
+      <x:c r="K91" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="81">
-      <x:c r="A81" t="str">
+    <x:row r="92">
+      <x:c r="A92" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B81" t="str">
+      <x:c r="B92" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C81" t="str">
+      <x:c r="C92" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D81" t="str">
-[...2 lines deleted...]
-      <x:c r="E81" s="3" t="n">
+      <x:c r="D92" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E92" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F81" s="3" t="n">
+      <x:c r="F92" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G81" s="3" t="n">
+      <x:c r="G92" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H81" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I81" s="3" t="n">
+      <x:c r="H92" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I92" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J81" s="3" t="n">
+      <x:c r="J92" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K81" t="str">
+      <x:c r="K92" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="82">
-      <x:c r="A82" t="str">
+    <x:row r="93">
+      <x:c r="A93" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B82" t="str">
+      <x:c r="B93" t="str">
         <x:v>Enterprise Core</x:v>
       </x:c>
-      <x:c r="C82" t="str">
+      <x:c r="C93" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D82" t="str">
-[...2 lines deleted...]
-      <x:c r="E82" s="3" t="n">
+      <x:c r="D93" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E93" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F82" s="3" t="n">
+      <x:c r="F93" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G82" s="3" t="n">
+      <x:c r="G93" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H82" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I82" s="3" t="n">
+      <x:c r="H93" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I93" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J82" s="3" t="n">
+      <x:c r="J93" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K82" t="str">
+      <x:c r="K93" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="83">
-      <x:c r="A83" t="str">
+    <x:row r="94">
+      <x:c r="A94" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B83" t="str">
+      <x:c r="B94" t="str">
         <x:v>Express</x:v>
       </x:c>
-      <x:c r="C83" t="str">
+      <x:c r="C94" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D83" t="str">
-[...2 lines deleted...]
-      <x:c r="E83" s="3" t="n">
+      <x:c r="D94" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E94" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F83" s="3" t="n">
+      <x:c r="F94" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G83" s="3" t="n">
+      <x:c r="G94" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H83" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I83" s="3" t="n">
+      <x:c r="H94" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I94" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J83" s="3" t="n">
+      <x:c r="J94" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K83" t="str">
+      <x:c r="K94" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="84">
-      <x:c r="A84" t="str">
+    <x:row r="95">
+      <x:c r="A95" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B84" t="str">
+      <x:c r="B95" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C84" t="str">
+      <x:c r="C95" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D84" t="str">
-[...2 lines deleted...]
-      <x:c r="E84" s="3" t="n">
+      <x:c r="D95" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E95" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F84" s="3" t="n">
+      <x:c r="F95" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G84" s="3" t="n">
+      <x:c r="G95" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H84" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I84" s="3" t="n">
+      <x:c r="H95" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I95" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J84" s="3" t="n">
+      <x:c r="J95" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K84" t="str">
+      <x:c r="K95" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="85">
-      <x:c r="A85" t="str">
+    <x:row r="96">
+      <x:c r="A96" t="str">
         <x:v>SQL Server 2016</x:v>
       </x:c>
-      <x:c r="B85" t="str">
+      <x:c r="B96" t="str">
         <x:v>Web</x:v>
       </x:c>
-      <x:c r="C85" t="str">
+      <x:c r="C96" t="str">
         <x:v>Service Pack 3</x:v>
       </x:c>
-      <x:c r="D85" t="str">
-[...2 lines deleted...]
-      <x:c r="E85" s="3" t="n">
+      <x:c r="D96" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E96" s="3" t="n">
         <x:v>42522</x:v>
       </x:c>
-      <x:c r="F85" s="3" t="n">
+      <x:c r="F96" s="3" t="n">
         <x:v>44390</x:v>
       </x:c>
-      <x:c r="G85" s="3" t="n">
+      <x:c r="G96" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="H85" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I85" s="3" t="n">
+      <x:c r="H96" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I96" s="3" t="n">
         <x:v>44454</x:v>
       </x:c>
-      <x:c r="J85" s="3" t="n">
+      <x:c r="J96" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K85" t="str">
+      <x:c r="K96" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/sql-server-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="86">
-      <x:c r="A86" t="str">
+    <x:row r="97">
+      <x:c r="A97" t="str">
+        <x:v>System Center 2016 Data Protection</x:v>
+      </x:c>
+      <x:c r="B97" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C97" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D97" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E97" s="3" t="n">
+        <x:v>42671</x:v>
+      </x:c>
+      <x:c r="F97" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G97" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H97" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I97" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J97" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K97" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/system-center-2016-data-protection?branch=live", "https://learn.microsoft.com/lifecycle/products/system-center-2016-data-protection?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/system-center-2016-data-protection?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="str">
+        <x:v>System Center 2016 Operations Manager</x:v>
+      </x:c>
+      <x:c r="B98" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C98" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D98" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E98" s="3" t="n">
+        <x:v>42671</x:v>
+      </x:c>
+      <x:c r="F98" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G98" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H98" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I98" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J98" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K98" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/system-center-2016-operations-manager?branch=live", "https://learn.microsoft.com/lifecycle/products/system-center-2016-operations-manager?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/system-center-2016-operations-manager?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="str">
+        <x:v>System Center 2016 Orchestrator</x:v>
+      </x:c>
+      <x:c r="B99" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C99" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D99" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E99" s="3" t="n">
+        <x:v>42671</x:v>
+      </x:c>
+      <x:c r="F99" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G99" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H99" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I99" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J99" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K99" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/system-center-2016-orchestrator?branch=live", "https://learn.microsoft.com/lifecycle/products/system-center-2016-orchestrator?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/system-center-2016-orchestrator?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="str">
+        <x:v>System Center 2016 Service Manager</x:v>
+      </x:c>
+      <x:c r="B100" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C100" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D100" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E100" s="3" t="n">
+        <x:v>42671</x:v>
+      </x:c>
+      <x:c r="F100" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G100" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H100" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I100" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J100" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K100" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/system-center-2016-service-manager?branch=live", "https://learn.microsoft.com/lifecycle/products/system-center-2016-service-manager?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/system-center-2016-service-manager?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="str">
+        <x:v>System Center 2016 Virtual Machine Manager</x:v>
+      </x:c>
+      <x:c r="B101" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C101" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D101" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E101" s="3" t="n">
+        <x:v>42671</x:v>
+      </x:c>
+      <x:c r="F101" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G101" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H101" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I101" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J101" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K101" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/system-center-2016-virtual-machine-manager?branch=live", "https://learn.microsoft.com/lifecycle/products/system-center-2016-virtual-machine-manager?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/system-center-2016-virtual-machine-manager?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="str">
         <x:v>User Experience Virtualization (UE-V) 2.1</x:v>
       </x:c>
-      <x:c r="B86" t="str">
-[...2 lines deleted...]
-      <x:c r="C86" t="str">
+      <x:c r="B102" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C102" t="str">
         <x:v>Service Pack 1</x:v>
       </x:c>
-      <x:c r="D86" t="str">
-[...2 lines deleted...]
-      <x:c r="E86" s="3" t="n">
+      <x:c r="D102" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E102" s="3" t="n">
         <x:v>42071</x:v>
       </x:c>
-      <x:c r="F86" s="3" t="n">
+      <x:c r="F102" s="3" t="n">
         <x:v>43935</x:v>
       </x:c>
-      <x:c r="G86" s="3" t="n">
+      <x:c r="G102" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="H86" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I86" s="3" t="n">
+      <x:c r="H102" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I102" s="3" t="n">
         <x:v>42219</x:v>
       </x:c>
-      <x:c r="J86" s="3" t="n">
+      <x:c r="J102" s="3" t="n">
         <x:v>46126</x:v>
       </x:c>
-      <x:c r="K86" t="str">
+      <x:c r="K102" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/user-experience-virtualization-uev-21?branch=live", "https://learn.microsoft.com/lifecycle/products/user-experience-virtualization-uev-21?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/user-experience-virtualization-uev-21?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="87">
-      <x:c r="A87" t="str">
+    <x:row r="103">
+      <x:c r="A103" t="str">
         <x:v>Visio 2021</x:v>
       </x:c>
-      <x:c r="B87" t="str">
+      <x:c r="B103" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C87" t="str">
-[...2 lines deleted...]
-      <x:c r="D87" t="str">
+      <x:c r="C103" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D103" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E87" s="3" t="n">
+      <x:c r="E103" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F87" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K87" t="str">
+      <x:c r="F103" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G103" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H103" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I103" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J103" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K103" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="88">
-      <x:c r="A88" t="str">
+    <x:row r="104">
+      <x:c r="A104" t="str">
         <x:v>Visio 2021</x:v>
       </x:c>
-      <x:c r="B88" t="str">
+      <x:c r="B104" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C88" t="str">
-[...2 lines deleted...]
-      <x:c r="D88" t="str">
+      <x:c r="C104" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D104" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E88" s="3" t="n">
+      <x:c r="E104" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F88" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K88" t="str">
+      <x:c r="F104" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G104" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H104" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I104" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J104" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K104" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visio-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="89">
-      <x:c r="A89" t="str">
+    <x:row r="105">
+      <x:c r="A105" t="str">
         <x:v>Visio LTSC 2021</x:v>
       </x:c>
-      <x:c r="B89" t="str">
+      <x:c r="B105" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C89" t="str">
-[...5 lines deleted...]
-      <x:c r="E89" s="3" t="n">
+      <x:c r="C105" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D105" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E105" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F89" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K89" t="str">
+      <x:c r="F105" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G105" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H105" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I105" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J105" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K105" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="90">
-      <x:c r="A90" t="str">
+    <x:row r="106">
+      <x:c r="A106" t="str">
         <x:v>Visio LTSC 2021</x:v>
       </x:c>
-      <x:c r="B90" t="str">
+      <x:c r="B106" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C90" t="str">
-[...5 lines deleted...]
-      <x:c r="E90" s="3" t="n">
+      <x:c r="C106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D106" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E106" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F90" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K90" t="str">
+      <x:c r="F106" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G106" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H106" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I106" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J106" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K106" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visio-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="91">
-      <x:c r="A91" t="str">
+    <x:row r="107">
+      <x:c r="A107" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B91" t="str">
+      <x:c r="B107" t="str">
         <x:v>Community</x:v>
       </x:c>
-      <x:c r="C91" t="str">
+      <x:c r="C107" t="str">
         <x:v>Version 17.10 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D91" t="str">
-[...2 lines deleted...]
-      <x:c r="E91" s="3" t="n">
+      <x:c r="D107" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E107" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F91" s="3" t="n">
+      <x:c r="F107" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G91" s="3" t="n">
+      <x:c r="G107" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H91" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I91" s="3" t="n">
+      <x:c r="H107" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I107" s="3" t="n">
         <x:v>45433</x:v>
       </x:c>
-      <x:c r="J91" s="3" t="n">
+      <x:c r="J107" s="3" t="n">
         <x:v>46035</x:v>
       </x:c>
-      <x:c r="K91" t="str">
+      <x:c r="K107" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="92">
-      <x:c r="A92" t="str">
+    <x:row r="108">
+      <x:c r="A108" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B92" t="str">
+      <x:c r="B108" t="str">
         <x:v>Community</x:v>
       </x:c>
-      <x:c r="C92" t="str">
+      <x:c r="C108" t="str">
         <x:v>Version 17.12 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D92" t="str">
-[...2 lines deleted...]
-      <x:c r="E92" s="3" t="n">
+      <x:c r="D108" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E108" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F92" s="3" t="n">
+      <x:c r="F108" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G92" s="3" t="n">
+      <x:c r="G108" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H92" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I92" s="3" t="n">
+      <x:c r="H108" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I108" s="3" t="n">
         <x:v>45608</x:v>
       </x:c>
-      <x:c r="J92" s="3" t="n">
+      <x:c r="J108" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K92" t="str">
+      <x:c r="K108" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="93">
-      <x:c r="A93" t="str">
+    <x:row r="109">
+      <x:c r="A109" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B93" t="str">
+      <x:c r="B109" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C93" t="str">
+      <x:c r="C109" t="str">
         <x:v>Version 17.10 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D93" t="str">
-[...2 lines deleted...]
-      <x:c r="E93" s="3" t="n">
+      <x:c r="D109" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E109" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F93" s="3" t="n">
+      <x:c r="F109" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G93" s="3" t="n">
+      <x:c r="G109" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H93" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I93" s="3" t="n">
+      <x:c r="H109" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I109" s="3" t="n">
         <x:v>45433</x:v>
       </x:c>
-      <x:c r="J93" s="3" t="n">
+      <x:c r="J109" s="3" t="n">
         <x:v>46035</x:v>
       </x:c>
-      <x:c r="K93" t="str">
+      <x:c r="K109" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="94">
-      <x:c r="A94" t="str">
+    <x:row r="110">
+      <x:c r="A110" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B94" t="str">
+      <x:c r="B110" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C94" t="str">
+      <x:c r="C110" t="str">
         <x:v>Version 17.12 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D94" t="str">
-[...2 lines deleted...]
-      <x:c r="E94" s="3" t="n">
+      <x:c r="D110" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E110" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F94" s="3" t="n">
+      <x:c r="F110" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G94" s="3" t="n">
+      <x:c r="G110" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H94" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I94" s="3" t="n">
+      <x:c r="H110" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I110" s="3" t="n">
         <x:v>45608</x:v>
       </x:c>
-      <x:c r="J94" s="3" t="n">
+      <x:c r="J110" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K94" t="str">
+      <x:c r="K110" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="95">
-      <x:c r="A95" t="str">
+    <x:row r="111">
+      <x:c r="A111" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B95" t="str">
+      <x:c r="B111" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C95" t="str">
+      <x:c r="C111" t="str">
         <x:v>Version 17.10 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D95" t="str">
-[...2 lines deleted...]
-      <x:c r="E95" s="3" t="n">
+      <x:c r="D111" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E111" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F95" s="3" t="n">
+      <x:c r="F111" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G95" s="3" t="n">
+      <x:c r="G111" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H95" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I95" s="3" t="n">
+      <x:c r="H111" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I111" s="3" t="n">
         <x:v>45433</x:v>
       </x:c>
-      <x:c r="J95" s="3" t="n">
+      <x:c r="J111" s="3" t="n">
         <x:v>46035</x:v>
       </x:c>
-      <x:c r="K95" t="str">
+      <x:c r="K111" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="96">
-      <x:c r="A96" t="str">
+    <x:row r="112">
+      <x:c r="A112" t="str">
         <x:v>Visual Studio 2022 </x:v>
       </x:c>
-      <x:c r="B96" t="str">
+      <x:c r="B112" t="str">
         <x:v>Professional</x:v>
       </x:c>
-      <x:c r="C96" t="str">
+      <x:c r="C112" t="str">
         <x:v>Version 17.12 (LTSC channel)</x:v>
       </x:c>
-      <x:c r="D96" t="str">
-[...2 lines deleted...]
-      <x:c r="E96" s="3" t="n">
+      <x:c r="D112" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E112" s="3" t="n">
         <x:v>44508</x:v>
       </x:c>
-      <x:c r="F96" s="3" t="n">
+      <x:c r="F112" s="3" t="n">
         <x:v>46399</x:v>
       </x:c>
-      <x:c r="G96" s="3" t="n">
+      <x:c r="G112" s="3" t="n">
         <x:v>48226</x:v>
       </x:c>
-      <x:c r="H96" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I96" s="3" t="n">
+      <x:c r="H112" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I112" s="3" t="n">
         <x:v>45608</x:v>
       </x:c>
-      <x:c r="J96" s="3" t="n">
+      <x:c r="J112" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
-      <x:c r="K96" t="str">
+      <x:c r="K112" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-2022?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="97">
-      <x:c r="A97" t="str">
+    <x:row r="113">
+      <x:c r="A113" t="str">
+        <x:v>Visual Studio Team Foundation Server 2017</x:v>
+      </x:c>
+      <x:c r="B113" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C113" t="str">
+        <x:v>Update 3</x:v>
+      </x:c>
+      <x:c r="D113" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E113" s="3" t="n">
+        <x:v>42690</x:v>
+      </x:c>
+      <x:c r="F113" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G113" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="H113" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I113" s="3" t="n">
+        <x:v>43045</x:v>
+      </x:c>
+      <x:c r="J113" s="3" t="n">
+        <x:v>46398</x:v>
+      </x:c>
+      <x:c r="K113" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/visual-studio-team-foundation-server-2017?branch=live", "https://learn.microsoft.com/lifecycle/products/visual-studio-team-foundation-server-2017?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/visual-studio-team-foundation-server-2017?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="str">
         <x:v>Windows 10 2016 LTSB</x:v>
       </x:c>
-      <x:c r="B97" t="str">
+      <x:c r="B114" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C97" t="str">
-[...5 lines deleted...]
-      <x:c r="E97" s="3" t="n">
+      <x:c r="C114" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D114" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E114" s="3" t="n">
         <x:v>42584</x:v>
       </x:c>
-      <x:c r="F97" s="3" t="n">
+      <x:c r="F114" s="3" t="n">
         <x:v>44481</x:v>
       </x:c>
-      <x:c r="G97" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="K97" t="str">
+      <x:c r="G114" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="H114" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I114" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J114" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K114" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-10-2016-ltsb?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-10-2016-ltsb?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-10-2016-ltsb?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="98">
-      <x:c r="A98" t="str">
+    <x:row r="115">
+      <x:c r="A115" t="str">
+        <x:v>Windows 10 Enterprise LTSC 2021</x:v>
+      </x:c>
+      <x:c r="B115" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C115" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D115" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E115" s="3" t="n">
+        <x:v>44516</x:v>
+      </x:c>
+      <x:c r="F115" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="G115" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H115" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I115" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J115" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K115" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-10-enterprise-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-10-enterprise-ltsc-2021?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-10-enterprise-ltsc-2021?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="str">
         <x:v>Windows 10 IoT Enterprise LTSB 2016</x:v>
       </x:c>
-      <x:c r="B98" t="str">
-[...8 lines deleted...]
-      <x:c r="E98" s="3" t="n">
+      <x:c r="B116" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C116" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D116" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E116" s="3" t="n">
         <x:v>42584</x:v>
       </x:c>
-      <x:c r="F98" s="3" t="n">
+      <x:c r="F116" s="3" t="n">
         <x:v>44481</x:v>
       </x:c>
-      <x:c r="G98" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="K98" t="str">
+      <x:c r="G116" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="H116" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I116" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J116" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K116" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-10-iot-enterprise-ltsb-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-10-iot-enterprise-ltsb-2016?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-10-iot-enterprise-ltsb-2016?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="99">
-      <x:c r="A99" t="str">
+    <x:row r="117">
+      <x:c r="A117" t="str">
         <x:v>Windows 11 Enterprise and Education</x:v>
       </x:c>
-      <x:c r="B99" t="str">
+      <x:c r="B117" t="str">
         <x:v>Education</x:v>
       </x:c>
-      <x:c r="C99" t="str">
+      <x:c r="C117" t="str">
         <x:v>Version 23H2</x:v>
       </x:c>
-      <x:c r="D99" t="str">
+      <x:c r="D117" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E99" s="3" t="n">
+      <x:c r="E117" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F99" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I99" s="3" t="n">
+      <x:c r="F117" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G117" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H117" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I117" s="3" t="n">
         <x:v>45230</x:v>
       </x:c>
-      <x:c r="J99" s="3" t="n">
+      <x:c r="J117" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K99" t="str">
+      <x:c r="K117" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="100">
-      <x:c r="A100" t="str">
+    <x:row r="118">
+      <x:c r="A118" t="str">
         <x:v>Windows 11 Enterprise and Education</x:v>
       </x:c>
-      <x:c r="B100" t="str">
+      <x:c r="B118" t="str">
         <x:v>Enterprise</x:v>
       </x:c>
-      <x:c r="C100" t="str">
+      <x:c r="C118" t="str">
         <x:v>Version 23H2</x:v>
       </x:c>
-      <x:c r="D100" t="str">
+      <x:c r="D118" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E100" s="3" t="n">
+      <x:c r="E118" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F100" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I100" s="3" t="n">
+      <x:c r="F118" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G118" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H118" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I118" s="3" t="n">
         <x:v>45230</x:v>
       </x:c>
-      <x:c r="J100" s="3" t="n">
+      <x:c r="J118" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K100" t="str">
+      <x:c r="K118" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="101">
-      <x:c r="A101" t="str">
+    <x:row r="119">
+      <x:c r="A119" t="str">
         <x:v>Windows 11 Enterprise and Education</x:v>
       </x:c>
-      <x:c r="B101" t="str">
+      <x:c r="B119" t="str">
         <x:v>Enterprise multi-session</x:v>
       </x:c>
-      <x:c r="C101" t="str">
+      <x:c r="C119" t="str">
         <x:v>Version 23H2</x:v>
       </x:c>
-      <x:c r="D101" t="str">
+      <x:c r="D119" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E101" s="3" t="n">
+      <x:c r="E119" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F101" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I101" s="3" t="n">
+      <x:c r="F119" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G119" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H119" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I119" s="3" t="n">
         <x:v>45230</x:v>
       </x:c>
-      <x:c r="J101" s="3" t="n">
+      <x:c r="J119" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K101" t="str">
+      <x:c r="K119" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-enterprise-and-education?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="102">
-      <x:c r="A102" t="str">
+    <x:row r="120">
+      <x:c r="A120" t="str">
         <x:v>Windows 11 Home and Pro</x:v>
       </x:c>
-      <x:c r="B102" t="str">
+      <x:c r="B120" t="str">
         <x:v>Home</x:v>
       </x:c>
-      <x:c r="C102" t="str">
-[...2 lines deleted...]
-      <x:c r="D102" t="str">
+      <x:c r="C120" t="str">
+        <x:v>Version 24H2</x:v>
+      </x:c>
+      <x:c r="D120" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E102" s="3" t="n">
+      <x:c r="E120" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F102" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K102" t="str">
+      <x:c r="F120" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G120" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H120" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I120" s="3" t="n">
+        <x:v>45566</x:v>
+      </x:c>
+      <x:c r="J120" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K120" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="103">
-      <x:c r="A103" t="str">
+    <x:row r="121">
+      <x:c r="A121" t="str">
         <x:v>Windows 11 Home and Pro</x:v>
       </x:c>
-      <x:c r="B103" t="str">
-[...2 lines deleted...]
-      <x:c r="C103" t="str">
+      <x:c r="B121" t="str">
+        <x:v>Pro</x:v>
+      </x:c>
+      <x:c r="C121" t="str">
         <x:v>Version 24H2</x:v>
       </x:c>
-      <x:c r="D103" t="str">
+      <x:c r="D121" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E103" s="3" t="n">
+      <x:c r="E121" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F103" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I103" s="3" t="n">
+      <x:c r="F121" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G121" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H121" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I121" s="3" t="n">
         <x:v>45566</x:v>
       </x:c>
-      <x:c r="J103" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K103" t="str">
+      <x:c r="J121" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K121" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="104">
-      <x:c r="A104" t="str">
+    <x:row r="122">
+      <x:c r="A122" t="str">
         <x:v>Windows 11 Home and Pro</x:v>
       </x:c>
-      <x:c r="B104" t="str">
-[...5 lines deleted...]
-      <x:c r="D104" t="str">
+      <x:c r="B122" t="str">
+        <x:v>Pro Education</x:v>
+      </x:c>
+      <x:c r="C122" t="str">
+        <x:v>Version 24H2</x:v>
+      </x:c>
+      <x:c r="D122" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E104" s="3" t="n">
+      <x:c r="E122" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F104" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K104" t="str">
+      <x:c r="F122" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G122" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H122" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I122" s="3" t="n">
+        <x:v>45566</x:v>
+      </x:c>
+      <x:c r="J122" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K122" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="105">
-      <x:c r="A105" t="str">
+    <x:row r="123">
+      <x:c r="A123" t="str">
         <x:v>Windows 11 Home and Pro</x:v>
       </x:c>
-      <x:c r="B105" t="str">
-[...2 lines deleted...]
-      <x:c r="C105" t="str">
+      <x:c r="B123" t="str">
+        <x:v>Pro for Workstations</x:v>
+      </x:c>
+      <x:c r="C123" t="str">
         <x:v>Version 24H2</x:v>
       </x:c>
-      <x:c r="D105" t="str">
+      <x:c r="D123" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E105" s="3" t="n">
+      <x:c r="E123" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F105" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="I105" s="3" t="n">
+      <x:c r="F123" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G123" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H123" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I123" s="3" t="n">
         <x:v>45566</x:v>
       </x:c>
-      <x:c r="J105" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K105" t="str">
+      <x:c r="J123" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K123" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="106">
-      <x:c r="A106" t="str">
+    <x:row r="124">
+      <x:c r="A124" t="str">
         <x:v>Windows 11 Home and Pro</x:v>
       </x:c>
-      <x:c r="B106" t="str">
-[...5 lines deleted...]
-      <x:c r="D106" t="str">
+      <x:c r="B124" t="str">
+        <x:v>SE</x:v>
+      </x:c>
+      <x:c r="C124" t="str">
+        <x:v>Version 24H2</x:v>
+      </x:c>
+      <x:c r="D124" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E106" s="3" t="n">
+      <x:c r="E124" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F106" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K106" t="str">
+      <x:c r="F124" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G124" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H124" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I124" s="3" t="n">
+        <x:v>45566</x:v>
+      </x:c>
+      <x:c r="J124" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K124" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-home-and-pro?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="107">
-[...9 lines deleted...]
-      <x:c r="D107" t="str">
+    <x:row r="125">
+      <x:c r="A125" t="str">
+        <x:v>Windows 11 IoT Enterprise</x:v>
+      </x:c>
+      <x:c r="B125" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C125" t="str">
+        <x:v>Version 23H2</x:v>
+      </x:c>
+      <x:c r="D125" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E107" s="3" t="n">
+      <x:c r="E125" s="3" t="n">
         <x:v>44473</x:v>
       </x:c>
-      <x:c r="F107" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="I108" s="3" t="n">
+      <x:c r="F125" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G125" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H125" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I125" s="3" t="n">
         <x:v>45230</x:v>
       </x:c>
-      <x:c r="J108" s="3" t="n">
-[...143 lines deleted...]
-      <x:c r="J112" s="3" t="n">
+      <x:c r="J125" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
-      <x:c r="K112" t="str">
+      <x:c r="K125" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-11-iot-enterprise?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-11-iot-enterprise?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-11-iot-enterprise?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="113">
-      <x:c r="A113" t="str">
+    <x:row r="126">
+      <x:c r="A126" t="str">
+        <x:v>Windows Azure Pack (on Windows Server 2016)</x:v>
+      </x:c>
+      <x:c r="B126" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C126" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D126" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E126" s="3" t="n">
+        <x:v>42655</x:v>
+      </x:c>
+      <x:c r="F126" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G126" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H126" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I126" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J126" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K126" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-azure-pack-on-windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-azure-pack-on-windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-azure-pack-on-windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="str">
+        <x:v>Windows Defender for Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B127" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C127" t="str">
+        <x:v>Original Release</x:v>
+      </x:c>
+      <x:c r="D127" t="str">
+        <x:v>Component</x:v>
+      </x:c>
+      <x:c r="E127" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F127" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G127" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H127" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I127" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="J127" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="K127" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-defender-for-windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-defender-for-windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-defender-for-windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c r="A128" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B113" t="str">
+      <x:c r="B128" t="str">
         <x:v>Datacenter</x:v>
       </x:c>
-      <x:c r="C113" t="str">
+      <x:c r="C128" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D113" t="str">
-[...2 lines deleted...]
-      <x:c r="E113" s="3" t="n">
+      <x:c r="D128" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E128" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F113" s="3" t="n">
+      <x:c r="F128" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G113" s="3" t="n">
+      <x:c r="G128" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H113" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I113" s="3" t="n">
+      <x:c r="H128" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I128" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J113" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K113" t="str">
+      <x:c r="J128" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K128" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="114">
-      <x:c r="A114" t="str">
+    <x:row r="129">
+      <x:c r="A129" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B114" t="str">
+      <x:c r="B129" t="str">
         <x:v>Essentials</x:v>
       </x:c>
-      <x:c r="C114" t="str">
+      <x:c r="C129" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D114" t="str">
-[...2 lines deleted...]
-      <x:c r="E114" s="3" t="n">
+      <x:c r="D129" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E129" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F114" s="3" t="n">
+      <x:c r="F129" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G114" s="3" t="n">
+      <x:c r="G129" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H114" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I114" s="3" t="n">
+      <x:c r="H129" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I129" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J114" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K114" t="str">
+      <x:c r="J129" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K129" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="115">
-      <x:c r="A115" t="str">
+    <x:row r="130">
+      <x:c r="A130" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B115" t="str">
+      <x:c r="B130" t="str">
         <x:v>External Connector</x:v>
       </x:c>
-      <x:c r="C115" t="str">
+      <x:c r="C130" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D115" t="str">
-[...2 lines deleted...]
-      <x:c r="E115" s="3" t="n">
+      <x:c r="D130" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E130" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F115" s="3" t="n">
+      <x:c r="F130" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G115" s="3" t="n">
+      <x:c r="G130" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H115" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I115" s="3" t="n">
+      <x:c r="H130" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I130" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J115" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K115" t="str">
+      <x:c r="J130" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K130" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="116">
-      <x:c r="A116" t="str">
+    <x:row r="131">
+      <x:c r="A131" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B116" t="str">
+      <x:c r="B131" t="str">
         <x:v>for Embedded Systems</x:v>
       </x:c>
-      <x:c r="C116" t="str">
+      <x:c r="C131" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D116" t="str">
-[...2 lines deleted...]
-      <x:c r="E116" s="3" t="n">
+      <x:c r="D131" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E131" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F116" s="3" t="n">
+      <x:c r="F131" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G116" s="3" t="n">
+      <x:c r="G131" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H116" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I116" s="3" t="n">
+      <x:c r="H131" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I131" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J116" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K116" t="str">
+      <x:c r="J131" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K131" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="117">
-      <x:c r="A117" t="str">
+    <x:row r="132">
+      <x:c r="A132" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B117" t="str">
+      <x:c r="B132" t="str">
         <x:v>Foundation</x:v>
       </x:c>
-      <x:c r="C117" t="str">
+      <x:c r="C132" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D117" t="str">
-[...2 lines deleted...]
-      <x:c r="E117" s="3" t="n">
+      <x:c r="D132" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E132" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F117" s="3" t="n">
+      <x:c r="F132" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G117" s="3" t="n">
+      <x:c r="G132" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H117" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I117" s="3" t="n">
+      <x:c r="H132" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I132" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J117" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K117" t="str">
+      <x:c r="J132" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K132" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="118">
-      <x:c r="A118" t="str">
+    <x:row r="133">
+      <x:c r="A133" t="str">
         <x:v>Windows Server 2012</x:v>
       </x:c>
-      <x:c r="B118" t="str">
+      <x:c r="B133" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C118" t="str">
+      <x:c r="C133" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D118" t="str">
-[...2 lines deleted...]
-      <x:c r="E118" s="3" t="n">
+      <x:c r="D133" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E133" s="3" t="n">
         <x:v>41212</x:v>
       </x:c>
-      <x:c r="F118" s="3" t="n">
+      <x:c r="F133" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G118" s="3" t="n">
+      <x:c r="G133" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H118" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I118" s="3" t="n">
+      <x:c r="H133" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I133" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J118" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K118" t="str">
+      <x:c r="J133" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K133" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="119">
-      <x:c r="A119" t="str">
+    <x:row r="134">
+      <x:c r="A134" t="str">
         <x:v>Windows Server 2012 R2</x:v>
       </x:c>
-      <x:c r="B119" t="str">
+      <x:c r="B134" t="str">
         <x:v>Datacenter</x:v>
       </x:c>
-      <x:c r="C119" t="str">
+      <x:c r="C134" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D119" t="str">
-[...2 lines deleted...]
-      <x:c r="E119" s="3" t="n">
+      <x:c r="D134" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E134" s="3" t="n">
         <x:v>41603</x:v>
       </x:c>
-      <x:c r="F119" s="3" t="n">
+      <x:c r="F134" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G119" s="3" t="n">
+      <x:c r="G134" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H119" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I119" s="3" t="n">
+      <x:c r="H134" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I134" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J119" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K119" t="str">
+      <x:c r="J134" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K134" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="120">
-      <x:c r="A120" t="str">
+    <x:row r="135">
+      <x:c r="A135" t="str">
         <x:v>Windows Server 2012 R2</x:v>
       </x:c>
-      <x:c r="B120" t="str">
+      <x:c r="B135" t="str">
         <x:v>Essentials</x:v>
       </x:c>
-      <x:c r="C120" t="str">
+      <x:c r="C135" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D120" t="str">
-[...2 lines deleted...]
-      <x:c r="E120" s="3" t="n">
+      <x:c r="D135" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E135" s="3" t="n">
         <x:v>41603</x:v>
       </x:c>
-      <x:c r="F120" s="3" t="n">
+      <x:c r="F135" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G120" s="3" t="n">
+      <x:c r="G135" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H120" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I120" s="3" t="n">
+      <x:c r="H135" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I135" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J120" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K120" t="str">
+      <x:c r="J135" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K135" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="121">
-      <x:c r="A121" t="str">
+    <x:row r="136">
+      <x:c r="A136" t="str">
         <x:v>Windows Server 2012 R2</x:v>
       </x:c>
-      <x:c r="B121" t="str">
+      <x:c r="B136" t="str">
         <x:v>for Embedded Systems</x:v>
       </x:c>
-      <x:c r="C121" t="str">
+      <x:c r="C136" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D121" t="str">
-[...2 lines deleted...]
-      <x:c r="E121" s="3" t="n">
+      <x:c r="D136" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E136" s="3" t="n">
         <x:v>41603</x:v>
       </x:c>
-      <x:c r="F121" s="3" t="n">
+      <x:c r="F136" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G121" s="3" t="n">
+      <x:c r="G136" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H121" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I121" s="3" t="n">
+      <x:c r="H136" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I136" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J121" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K121" t="str">
+      <x:c r="J136" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K136" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="122">
-      <x:c r="A122" t="str">
+    <x:row r="137">
+      <x:c r="A137" t="str">
         <x:v>Windows Server 2012 R2</x:v>
       </x:c>
-      <x:c r="B122" t="str">
+      <x:c r="B137" t="str">
         <x:v>Foundation</x:v>
       </x:c>
-      <x:c r="C122" t="str">
+      <x:c r="C137" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D122" t="str">
-[...2 lines deleted...]
-      <x:c r="E122" s="3" t="n">
+      <x:c r="D137" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E137" s="3" t="n">
         <x:v>41603</x:v>
       </x:c>
-      <x:c r="F122" s="3" t="n">
+      <x:c r="F137" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G122" s="3" t="n">
+      <x:c r="G137" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H122" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I122" s="3" t="n">
+      <x:c r="H137" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I137" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J122" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K122" t="str">
+      <x:c r="J137" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K137" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="123">
-      <x:c r="A123" t="str">
+    <x:row r="138">
+      <x:c r="A138" t="str">
         <x:v>Windows Server 2012 R2</x:v>
       </x:c>
-      <x:c r="B123" t="str">
+      <x:c r="B138" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C123" t="str">
+      <x:c r="C138" t="str">
         <x:v>Extended Security Update Year 3</x:v>
       </x:c>
-      <x:c r="D123" t="str">
-[...2 lines deleted...]
-      <x:c r="E123" s="3" t="n">
+      <x:c r="D138" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E138" s="3" t="n">
         <x:v>41603</x:v>
       </x:c>
-      <x:c r="F123" s="3" t="n">
+      <x:c r="F138" s="3" t="n">
         <x:v>43382</x:v>
       </x:c>
-      <x:c r="G123" s="3" t="n">
+      <x:c r="G138" s="3" t="n">
         <x:v>45209</x:v>
       </x:c>
-      <x:c r="H123" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="I123" s="3" t="n">
+      <x:c r="H138" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I138" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
-      <x:c r="J123" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="K123" t="str">
+      <x:c r="J138" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="K138" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2012-r2?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="124">
-      <x:c r="A124" t="str">
+    <x:row r="139">
+      <x:c r="A139" t="str">
+        <x:v>Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B139" t="str">
+        <x:v>Datacenter</x:v>
+      </x:c>
+      <x:c r="C139" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D139" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E139" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F139" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G139" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H139" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I139" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J139" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K139" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="str">
+        <x:v>Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B140" t="str">
+        <x:v>Essentials</x:v>
+      </x:c>
+      <x:c r="C140" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D140" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E140" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F140" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G140" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H140" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I140" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J140" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K140" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="str">
+        <x:v>Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B141" t="str">
+        <x:v>MultiPoint Premium</x:v>
+      </x:c>
+      <x:c r="C141" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D141" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E141" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F141" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G141" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H141" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I141" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J141" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K141" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="str">
+        <x:v>Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B142" t="str">
+        <x:v>Standard</x:v>
+      </x:c>
+      <x:c r="C142" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D142" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E142" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F142" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G142" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H142" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I142" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J142" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K142" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="str">
+        <x:v>Windows Server Update Services for Windows Server 2016</x:v>
+      </x:c>
+      <x:c r="B143" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C143" t="str">
+        <x:v>Original Release</x:v>
+      </x:c>
+      <x:c r="D143" t="str">
+        <x:v>Component</x:v>
+      </x:c>
+      <x:c r="E143" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F143" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G143" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H143" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I143" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="J143" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="K143" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-server-update-services-for-windows-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-server-update-services-for-windows-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-server-update-services-for-windows-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="str">
+        <x:v>Windows Storage Server 2016</x:v>
+      </x:c>
+      <x:c r="B144" t="str">
+        <x:v>Standard</x:v>
+      </x:c>
+      <x:c r="C144" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D144" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E144" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F144" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G144" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H144" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I144" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J144" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K144" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="str">
+        <x:v>Windows Storage Server 2016</x:v>
+      </x:c>
+      <x:c r="B145" t="str">
+        <x:v>Workgroup</x:v>
+      </x:c>
+      <x:c r="C145" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D145" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E145" s="3" t="n">
+        <x:v>42658</x:v>
+      </x:c>
+      <x:c r="F145" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="G145" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="H145" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I145" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J145" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K145" t="str">
+        <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live", "https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live")</x:f>
+        <x:v>https://learn.microsoft.com/lifecycle/products/windows-storage-server-2016?branch=live</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="str">
         <x:v>Word 2021</x:v>
       </x:c>
-      <x:c r="B124" t="str">
+      <x:c r="B146" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C124" t="str">
-[...2 lines deleted...]
-      <x:c r="D124" t="str">
+      <x:c r="C146" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D146" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E124" s="3" t="n">
+      <x:c r="E146" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F124" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K124" t="str">
+      <x:c r="F146" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G146" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H146" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I146" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J146" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K146" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/word-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/word-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/word-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="125">
-      <x:c r="A125" t="str">
+    <x:row r="147">
+      <x:c r="A147" t="str">
         <x:v>Word 2021</x:v>
       </x:c>
-      <x:c r="B125" t="str">
+      <x:c r="B147" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C125" t="str">
-[...2 lines deleted...]
-      <x:c r="D125" t="str">
+      <x:c r="C147" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D147" t="str">
         <x:v>Modern</x:v>
       </x:c>
-      <x:c r="E125" s="3" t="n">
+      <x:c r="E147" s="3" t="n">
         <x:v>44474</x:v>
       </x:c>
-      <x:c r="F125" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K125" t="str">
+      <x:c r="F147" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="G147" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H147" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="I147" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J147" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K147" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/word-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/word-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/word-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="126">
-      <x:c r="A126" t="str">
+    <x:row r="148">
+      <x:c r="A148" t="str">
         <x:v>Word LTSC 2021</x:v>
       </x:c>
-      <x:c r="B126" t="str">
+      <x:c r="B148" t="str">
         <x:v>Standard</x:v>
       </x:c>
-      <x:c r="C126" t="str">
-[...5 lines deleted...]
-      <x:c r="E126" s="3" t="n">
+      <x:c r="C148" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D148" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E148" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F126" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K126" t="str">
+      <x:c r="F148" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G148" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H148" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I148" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J148" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K148" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
-    <x:row r="127">
-      <x:c r="A127" t="str">
+    <x:row r="149">
+      <x:c r="A149" t="str">
         <x:v>Word LTSC 2021</x:v>
       </x:c>
-      <x:c r="B127" t="str">
+      <x:c r="B149" t="str">
         <x:v>Standard for Mac</x:v>
       </x:c>
-      <x:c r="C127" t="str">
-[...5 lines deleted...]
-      <x:c r="E127" s="3" t="n">
+      <x:c r="C149" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D149" t="str">
+        <x:v>Fixed</x:v>
+      </x:c>
+      <x:c r="E149" s="3" t="n">
         <x:v>44455</x:v>
       </x:c>
-      <x:c r="F127" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="K127" t="str">
+      <x:c r="F149" s="3" t="n">
+        <x:v>46308</x:v>
+      </x:c>
+      <x:c r="G149" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="H149" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="I149" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="J149" s="3" t="n">
+        <x:v/>
+      </x:c>
+      <x:c r="K149" t="str">
         <x:f>=HYPERLINK("https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live", "https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live")</x:f>
         <x:v>https://learn.microsoft.com/lifecycle/products/word-ltsc-2021?branch=live</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup orientation="portrait" r:id="rId1"/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId2"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>